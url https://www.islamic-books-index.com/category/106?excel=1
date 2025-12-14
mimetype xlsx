--- v0 (2025-10-21)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="246">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="249">
   <si>
     <t>م</t>
   </si>
   <si>
     <t>الرقم الفهرسي</t>
   </si>
   <si>
     <t>اسم الكتاب</t>
   </si>
   <si>
     <t>الفئة</t>
   </si>
   <si>
     <t>الموضوع</t>
   </si>
   <si>
     <t>المؤلف</t>
   </si>
   <si>
     <t>عمل المحقق</t>
   </si>
   <si>
     <t>المحقق</t>
   </si>
   <si>
@@ -480,50 +480,59 @@
     <t>عبد الله بن علي الشهري</t>
   </si>
   <si>
     <t>استدلالات النصارى بالقرآن الكريم - ألوهية المسيح ومعجزاته أنموذجا</t>
   </si>
   <si>
     <t>حمود بن إبراهيم السلامة</t>
   </si>
   <si>
     <t>مدار الوطن - الرياض</t>
   </si>
   <si>
     <t>موقف كبار القساوسة من القرآن الكريم</t>
   </si>
   <si>
     <t>عبد العزيز بن أحمد الحميدي</t>
   </si>
   <si>
     <t>دار الطرفين - الطائف</t>
   </si>
   <si>
     <t>موسى في السنة النبوية، دراسة موضوعية (مكرر في النبوات)</t>
   </si>
   <si>
     <t>غازي بن عبد العزيز الشمري</t>
+  </si>
+  <si>
+    <t>الشافي في شرح الأحاديث الأربعين في ذم اليهود</t>
+  </si>
+  <si>
+    <t>جهاد جميل العايش</t>
+  </si>
+  <si>
+    <t>هيئة الأرض المقدسة</t>
   </si>
   <si>
     <t>موسوعة اليهود واليهودية والصهاينة 8/1</t>
   </si>
   <si>
     <t>عبد الوهاب محمد المسيري (1429 هـ)</t>
   </si>
   <si>
     <t>دار الشروق - القاهرة</t>
   </si>
   <si>
     <t>أصول الديانة اليهودية وفروعها ودورها في تكوين عقائد الرافضة (تقدم في كتب الرد على الرافضة)</t>
   </si>
   <si>
     <t>سعد المبارك الحسن محمد</t>
   </si>
   <si>
     <t>د. عبد الرحمن محمد دمشقية</t>
   </si>
   <si>
     <t>دار المنتقى - الرياض</t>
   </si>
   <si>
     <t>الاختلافات والتناقضات الجلية في العقيدة اليهودية - دراسة مقارنة</t>
   </si>
@@ -1097,51 +1106,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:I88"/>
+  <dimension ref="A1:I89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:9">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
@@ -2365,935 +2374,958 @@
       </c>
       <c r="B50">
         <v>2100</v>
       </c>
       <c r="C50" t="s">
         <v>154</v>
       </c>
       <c r="D50" t="s">
         <v>10</v>
       </c>
       <c r="E50" t="s">
         <v>11</v>
       </c>
       <c r="F50" t="s">
         <v>155</v>
       </c>
       <c r="I50" t="s">
         <v>150</v>
       </c>
     </row>
     <row r="51" spans="1:9">
       <c r="A51">
         <v>50</v>
       </c>
       <c r="B51">
-        <v>2150</v>
+        <v>2101</v>
       </c>
       <c r="C51" t="s">
         <v>156</v>
       </c>
       <c r="D51" t="s">
         <v>10</v>
       </c>
       <c r="E51" t="s">
         <v>11</v>
       </c>
       <c r="F51" t="s">
         <v>157</v>
       </c>
       <c r="I51" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="52" spans="1:9">
       <c r="A52">
         <v>51</v>
       </c>
       <c r="B52">
-        <v>2160</v>
+        <v>2150</v>
       </c>
       <c r="C52" t="s">
         <v>159</v>
       </c>
       <c r="D52" t="s">
         <v>10</v>
       </c>
       <c r="E52" t="s">
         <v>11</v>
       </c>
       <c r="F52" t="s">
         <v>160</v>
       </c>
-      <c r="G52" t="s">
-[...2 lines deleted...]
-      <c r="H52" t="s">
+      <c r="I52" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="53" spans="1:9">
       <c r="A53">
         <v>52</v>
       </c>
       <c r="B53">
-        <v>2200</v>
+        <v>2160</v>
       </c>
       <c r="C53" t="s">
+        <v>162</v>
+      </c>
+      <c r="D53" t="s">
+        <v>10</v>
+      </c>
+      <c r="E53" t="s">
+        <v>11</v>
+      </c>
+      <c r="F53" t="s">
         <v>163</v>
       </c>
-      <c r="D53" t="s">
-[...5 lines deleted...]
-      <c r="F53" t="s">
+      <c r="G53" t="s">
+        <v>18</v>
+      </c>
+      <c r="H53" t="s">
         <v>164</v>
       </c>
       <c r="I53" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="54" spans="1:9">
       <c r="A54">
         <v>53</v>
       </c>
       <c r="B54">
-        <v>2201</v>
+        <v>2200</v>
       </c>
       <c r="C54" t="s">
         <v>166</v>
       </c>
       <c r="D54" t="s">
         <v>10</v>
       </c>
       <c r="E54" t="s">
         <v>11</v>
       </c>
       <c r="F54" t="s">
-        <v>132</v>
+        <v>167</v>
       </c>
       <c r="I54" t="s">
-        <v>133</v>
+        <v>168</v>
       </c>
     </row>
     <row r="55" spans="1:9">
       <c r="A55">
         <v>54</v>
       </c>
       <c r="B55">
-        <v>2202</v>
+        <v>2201</v>
       </c>
       <c r="C55" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="D55" t="s">
         <v>10</v>
       </c>
       <c r="E55" t="s">
         <v>11</v>
       </c>
       <c r="F55" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="I55" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
     <row r="56" spans="1:9">
       <c r="A56">
         <v>55</v>
       </c>
       <c r="B56">
-        <v>2250</v>
+        <v>2202</v>
       </c>
       <c r="C56" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="D56" t="s">
         <v>10</v>
       </c>
       <c r="E56" t="s">
         <v>11</v>
       </c>
       <c r="F56" t="s">
-        <v>169</v>
+        <v>127</v>
       </c>
       <c r="I56" t="s">
-        <v>170</v>
+        <v>128</v>
       </c>
     </row>
     <row r="57" spans="1:9">
       <c r="A57">
         <v>56</v>
       </c>
       <c r="B57">
-        <v>2260</v>
+        <v>2250</v>
       </c>
       <c r="C57" t="s">
         <v>171</v>
       </c>
       <c r="D57" t="s">
         <v>10</v>
       </c>
       <c r="E57" t="s">
         <v>11</v>
       </c>
       <c r="F57" t="s">
         <v>172</v>
       </c>
       <c r="I57" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="58" spans="1:9">
       <c r="A58">
         <v>57</v>
       </c>
       <c r="B58">
-        <v>2300</v>
+        <v>2260</v>
       </c>
       <c r="C58" t="s">
         <v>174</v>
       </c>
       <c r="D58" t="s">
         <v>10</v>
       </c>
       <c r="E58" t="s">
         <v>11</v>
       </c>
       <c r="F58" t="s">
         <v>175</v>
       </c>
       <c r="I58" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="59" spans="1:9">
       <c r="A59">
         <v>58</v>
       </c>
       <c r="B59">
-        <v>2400</v>
+        <v>2300</v>
       </c>
       <c r="C59" t="s">
         <v>177</v>
       </c>
       <c r="D59" t="s">
         <v>10</v>
       </c>
       <c r="E59" t="s">
         <v>11</v>
       </c>
       <c r="F59" t="s">
         <v>178</v>
       </c>
       <c r="I59" t="s">
-        <v>15</v>
+        <v>179</v>
       </c>
     </row>
     <row r="60" spans="1:9">
       <c r="A60">
         <v>59</v>
       </c>
       <c r="B60">
-        <v>2450</v>
+        <v>2400</v>
       </c>
       <c r="C60" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="D60" t="s">
         <v>10</v>
       </c>
       <c r="E60" t="s">
         <v>11</v>
       </c>
       <c r="F60" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="I60" t="s">
-        <v>5</v>
+        <v>15</v>
       </c>
     </row>
     <row r="61" spans="1:9">
       <c r="A61">
         <v>60</v>
       </c>
       <c r="B61">
-        <v>2490</v>
+        <v>2450</v>
       </c>
       <c r="C61" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D61" t="s">
         <v>10</v>
       </c>
       <c r="E61" t="s">
         <v>11</v>
       </c>
       <c r="F61" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="I61" t="s">
-        <v>183</v>
+        <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:9">
       <c r="A62">
         <v>61</v>
       </c>
       <c r="B62">
-        <v>2500</v>
+        <v>2490</v>
       </c>
       <c r="C62" t="s">
         <v>184</v>
       </c>
       <c r="D62" t="s">
         <v>10</v>
       </c>
       <c r="E62" t="s">
         <v>11</v>
       </c>
       <c r="F62" t="s">
         <v>185</v>
       </c>
       <c r="I62" t="s">
         <v>186</v>
       </c>
     </row>
     <row r="63" spans="1:9">
       <c r="A63">
         <v>62</v>
       </c>
       <c r="B63">
-        <v>2900</v>
+        <v>2500</v>
       </c>
       <c r="C63" t="s">
         <v>187</v>
       </c>
       <c r="D63" t="s">
         <v>10</v>
       </c>
       <c r="E63" t="s">
         <v>11</v>
       </c>
       <c r="F63" t="s">
         <v>188</v>
       </c>
       <c r="I63" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="64" spans="1:9">
       <c r="A64">
         <v>63</v>
       </c>
       <c r="B64">
-        <v>2950</v>
+        <v>2900</v>
       </c>
       <c r="C64" t="s">
         <v>190</v>
       </c>
       <c r="D64" t="s">
         <v>10</v>
       </c>
       <c r="E64" t="s">
         <v>11</v>
       </c>
       <c r="F64" t="s">
         <v>191</v>
       </c>
       <c r="I64" t="s">
         <v>192</v>
       </c>
     </row>
     <row r="65" spans="1:9">
       <c r="A65">
         <v>64</v>
       </c>
       <c r="B65">
-        <v>3478</v>
+        <v>2950</v>
       </c>
       <c r="C65" t="s">
         <v>193</v>
       </c>
       <c r="D65" t="s">
         <v>10</v>
       </c>
       <c r="E65" t="s">
         <v>11</v>
       </c>
       <c r="F65" t="s">
         <v>194</v>
       </c>
-      <c r="G65" t="s">
-[...2 lines deleted...]
-      <c r="H65" t="s">
+      <c r="I65" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="66" spans="1:9">
       <c r="A66">
         <v>65</v>
       </c>
       <c r="B66">
-        <v>3480</v>
+        <v>3478</v>
       </c>
       <c r="C66" t="s">
+        <v>196</v>
+      </c>
+      <c r="D66" t="s">
+        <v>10</v>
+      </c>
+      <c r="E66" t="s">
+        <v>11</v>
+      </c>
+      <c r="F66" t="s">
         <v>197</v>
-      </c>
-[...7 lines deleted...]
-        <v>198</v>
       </c>
       <c r="G66" t="s">
         <v>48</v>
       </c>
       <c r="H66" t="s">
+        <v>198</v>
+      </c>
+      <c r="I66" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="67" spans="1:9">
       <c r="A67">
         <v>66</v>
       </c>
       <c r="B67">
-        <v>3500</v>
+        <v>3480</v>
       </c>
       <c r="C67" t="s">
         <v>200</v>
       </c>
       <c r="D67" t="s">
         <v>10</v>
       </c>
       <c r="E67" t="s">
         <v>11</v>
       </c>
       <c r="F67" t="s">
         <v>201</v>
       </c>
+      <c r="G67" t="s">
+        <v>48</v>
+      </c>
+      <c r="H67" t="s">
+        <v>202</v>
+      </c>
       <c r="I67" t="s">
-        <v>114</v>
+        <v>45</v>
       </c>
     </row>
     <row r="68" spans="1:9">
       <c r="A68">
         <v>67</v>
       </c>
       <c r="B68">
         <v>3500</v>
       </c>
       <c r="C68" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="D68" t="s">
         <v>10</v>
       </c>
       <c r="E68" t="s">
         <v>11</v>
       </c>
       <c r="F68" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I68" t="s">
-        <v>204</v>
+        <v>114</v>
       </c>
     </row>
     <row r="69" spans="1:9">
       <c r="A69">
         <v>68</v>
       </c>
       <c r="B69">
-        <v>3510</v>
+        <v>3500</v>
       </c>
       <c r="C69" t="s">
         <v>205</v>
       </c>
       <c r="D69" t="s">
         <v>10</v>
       </c>
       <c r="E69" t="s">
         <v>11</v>
       </c>
       <c r="F69" t="s">
         <v>206</v>
       </c>
       <c r="I69" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
     </row>
     <row r="70" spans="1:9">
       <c r="A70">
         <v>69</v>
       </c>
       <c r="B70">
-        <v>3520</v>
+        <v>3510</v>
       </c>
       <c r="C70" t="s">
+        <v>208</v>
+      </c>
+      <c r="D70" t="s">
+        <v>10</v>
+      </c>
+      <c r="E70" t="s">
+        <v>11</v>
+      </c>
+      <c r="F70" t="s">
+        <v>209</v>
+      </c>
+      <c r="I70" t="s">
         <v>207</v>
-      </c>
-[...10 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="71" spans="1:9">
       <c r="A71">
         <v>70</v>
       </c>
       <c r="B71">
-        <v>3530</v>
+        <v>3520</v>
       </c>
       <c r="C71" t="s">
         <v>210</v>
       </c>
       <c r="D71" t="s">
         <v>10</v>
       </c>
       <c r="E71" t="s">
         <v>11</v>
       </c>
       <c r="F71" t="s">
         <v>211</v>
       </c>
       <c r="I71" t="s">
         <v>212</v>
       </c>
     </row>
     <row r="72" spans="1:9">
       <c r="A72">
         <v>71</v>
       </c>
       <c r="B72">
-        <v>3540</v>
+        <v>3530</v>
       </c>
       <c r="C72" t="s">
         <v>213</v>
       </c>
       <c r="D72" t="s">
         <v>10</v>
       </c>
       <c r="E72" t="s">
         <v>11</v>
       </c>
       <c r="F72" t="s">
         <v>214</v>
       </c>
       <c r="I72" t="s">
-        <v>5</v>
+        <v>215</v>
       </c>
     </row>
     <row r="73" spans="1:9">
       <c r="A73">
         <v>72</v>
       </c>
       <c r="B73">
         <v>3540</v>
       </c>
       <c r="C73" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="D73" t="s">
         <v>10</v>
       </c>
       <c r="E73" t="s">
         <v>11</v>
       </c>
       <c r="F73" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="I73" t="s">
-        <v>216</v>
+        <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:9">
       <c r="A74">
         <v>73</v>
       </c>
       <c r="B74">
-        <v>3544</v>
+        <v>3540</v>
       </c>
       <c r="C74" t="s">
+        <v>218</v>
+      </c>
+      <c r="D74" t="s">
+        <v>10</v>
+      </c>
+      <c r="E74" t="s">
+        <v>11</v>
+      </c>
+      <c r="F74" t="s">
         <v>217</v>
       </c>
-      <c r="D74" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I74" t="s">
-        <v>5</v>
+        <v>219</v>
       </c>
     </row>
     <row r="75" spans="1:9">
       <c r="A75">
         <v>74</v>
       </c>
       <c r="B75">
-        <v>3545</v>
+        <v>3544</v>
       </c>
       <c r="C75" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D75" t="s">
         <v>10</v>
       </c>
       <c r="E75" t="s">
         <v>11</v>
       </c>
       <c r="F75" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="I75" t="s">
-        <v>145</v>
+        <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:9">
       <c r="A76">
         <v>75</v>
       </c>
       <c r="B76">
-        <v>3546</v>
+        <v>3545</v>
       </c>
       <c r="C76" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="D76" t="s">
         <v>10</v>
       </c>
       <c r="E76" t="s">
         <v>11</v>
       </c>
       <c r="F76" t="s">
-        <v>73</v>
+        <v>223</v>
       </c>
       <c r="I76" t="s">
-        <v>74</v>
+        <v>145</v>
       </c>
     </row>
     <row r="77" spans="1:9">
       <c r="A77">
         <v>76</v>
       </c>
       <c r="B77">
-        <v>3600</v>
+        <v>3546</v>
       </c>
       <c r="C77" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="D77" t="s">
         <v>10</v>
       </c>
       <c r="E77" t="s">
         <v>11</v>
       </c>
       <c r="F77" t="s">
-        <v>223</v>
+        <v>73</v>
       </c>
       <c r="I77" t="s">
-        <v>224</v>
+        <v>74</v>
       </c>
     </row>
     <row r="78" spans="1:9">
       <c r="A78">
         <v>77</v>
       </c>
       <c r="B78">
-        <v>3700</v>
+        <v>3600</v>
       </c>
       <c r="C78" t="s">
         <v>225</v>
       </c>
       <c r="D78" t="s">
         <v>10</v>
       </c>
       <c r="E78" t="s">
         <v>11</v>
       </c>
       <c r="F78" t="s">
         <v>226</v>
       </c>
       <c r="I78" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="79" spans="1:9">
       <c r="A79">
         <v>78</v>
       </c>
       <c r="B79">
-        <v>3750</v>
+        <v>3700</v>
       </c>
       <c r="C79" t="s">
         <v>228</v>
       </c>
       <c r="D79" t="s">
         <v>10</v>
       </c>
       <c r="E79" t="s">
         <v>11</v>
       </c>
       <c r="F79" t="s">
         <v>229</v>
       </c>
       <c r="I79" t="s">
-        <v>204</v>
+        <v>230</v>
       </c>
     </row>
     <row r="80" spans="1:9">
       <c r="A80">
         <v>79</v>
       </c>
       <c r="B80">
-        <v>3900</v>
+        <v>3750</v>
       </c>
       <c r="C80" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D80" t="s">
         <v>10</v>
       </c>
       <c r="E80" t="s">
         <v>11</v>
       </c>
       <c r="F80" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I80" t="s">
-        <v>153</v>
+        <v>207</v>
       </c>
     </row>
     <row r="81" spans="1:9">
       <c r="A81">
         <v>80</v>
       </c>
       <c r="B81">
-        <v>4000</v>
+        <v>3900</v>
       </c>
       <c r="C81" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D81" t="s">
         <v>10</v>
       </c>
       <c r="E81" t="s">
         <v>11</v>
       </c>
       <c r="F81" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="I81" t="s">
-        <v>234</v>
+        <v>153</v>
       </c>
     </row>
     <row r="82" spans="1:9">
       <c r="A82">
         <v>81</v>
       </c>
       <c r="B82">
-        <v>16161</v>
+        <v>4000</v>
       </c>
       <c r="C82" t="s">
         <v>235</v>
       </c>
       <c r="D82" t="s">
         <v>10</v>
       </c>
       <c r="E82" t="s">
         <v>11</v>
       </c>
       <c r="F82" t="s">
         <v>236</v>
       </c>
       <c r="I82" t="s">
-        <v>66</v>
+        <v>237</v>
       </c>
     </row>
     <row r="83" spans="1:9">
       <c r="A83">
         <v>82</v>
       </c>
       <c r="B83">
         <v>16161</v>
       </c>
       <c r="C83" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D83" t="s">
         <v>10</v>
       </c>
       <c r="E83" t="s">
         <v>11</v>
       </c>
       <c r="F83" t="s">
-        <v>31</v>
+        <v>239</v>
       </c>
       <c r="I83" t="s">
-        <v>238</v>
+        <v>66</v>
       </c>
     </row>
     <row r="84" spans="1:9">
       <c r="A84">
         <v>83</v>
       </c>
       <c r="B84">
         <v>16161</v>
       </c>
       <c r="C84" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D84" t="s">
         <v>10</v>
       </c>
       <c r="E84" t="s">
         <v>11</v>
       </c>
       <c r="F84" t="s">
-        <v>127</v>
+        <v>31</v>
       </c>
       <c r="I84" t="s">
-        <v>128</v>
+        <v>241</v>
       </c>
     </row>
     <row r="85" spans="1:9">
       <c r="A85">
         <v>84</v>
       </c>
       <c r="B85">
         <v>16161</v>
       </c>
       <c r="C85" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="D85" t="s">
         <v>10</v>
       </c>
       <c r="E85" t="s">
         <v>11</v>
       </c>
       <c r="F85" t="s">
-        <v>137</v>
+        <v>127</v>
       </c>
       <c r="I85" t="s">
-        <v>139</v>
+        <v>128</v>
       </c>
     </row>
     <row r="86" spans="1:9">
       <c r="A86">
         <v>85</v>
       </c>
       <c r="B86">
-        <v>16162</v>
+        <v>16161</v>
       </c>
       <c r="C86" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="D86" t="s">
         <v>10</v>
       </c>
       <c r="E86" t="s">
         <v>11</v>
       </c>
       <c r="F86" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="I86" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
     </row>
     <row r="87" spans="1:9">
       <c r="A87">
         <v>86</v>
       </c>
       <c r="B87">
         <v>16162</v>
       </c>
       <c r="C87" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="D87" t="s">
         <v>10</v>
       </c>
       <c r="E87" t="s">
         <v>11</v>
       </c>
       <c r="F87" t="s">
         <v>132</v>
       </c>
       <c r="I87" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="88" spans="1:9">
       <c r="A88">
         <v>87</v>
       </c>
       <c r="B88">
+        <v>16162</v>
+      </c>
+      <c r="C88" t="s">
+        <v>245</v>
+      </c>
+      <c r="D88" t="s">
+        <v>10</v>
+      </c>
+      <c r="E88" t="s">
+        <v>11</v>
+      </c>
+      <c r="F88" t="s">
+        <v>132</v>
+      </c>
+      <c r="I88" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="89" spans="1:9">
+      <c r="A89">
+        <v>88</v>
+      </c>
+      <c r="B89">
         <v>16200</v>
       </c>
-      <c r="C88" t="s">
-[...12 lines deleted...]
-        <v>245</v>
+      <c r="C89" t="s">
+        <v>246</v>
+      </c>
+      <c r="D89" t="s">
+        <v>10</v>
+      </c>
+      <c r="E89" t="s">
+        <v>11</v>
+      </c>
+      <c r="F89" t="s">
+        <v>247</v>
+      </c>
+      <c r="I89" t="s">
+        <v>248</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">